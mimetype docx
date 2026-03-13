--- v0 (2025-11-04)
+++ v1 (2026-03-13)
@@ -11,18213 +11,17647 @@
   <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps6.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="31D7C10C" w14:textId="234E27D9" w:rsidR="001F3FE4" w:rsidRPr="004441AB" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
+    <w:p w14:paraId="6B8C02C1" w14:textId="42DC8FB2" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
+        <w:ind w:left="180" w:right="180"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>SUBJECT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>TO</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ANY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ADDITIONAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>STATE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>LAW</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>REQUIREMENTS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="052B0182" w14:textId="7D3A2EEF" w:rsidR="001F3FE4" w:rsidRPr="004441AB" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
+    <w:p w14:paraId="7E6A271A" w14:textId="1A16B2EC" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="240"/>
+        <w:ind w:left="180" w:right="180"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Remove</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>executing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>recording</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>document.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4955B3C3" w14:textId="6121B0A3" w:rsidR="001F3FE4" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
+    <w:p w14:paraId="2D41ECD8" w14:textId="7FF67BE3" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
       <w:pPr>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
+        <w:ind w:left="180" w:right="180"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PLEASE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>CONSULT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LEGAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COUNSEL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TO</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ENSURE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FULL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>COMPLIANCE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>WITH</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RECORDING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>AND</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OTHER</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>REQUIREMENTS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>STATE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LAW.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PROVIDING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>YOU</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>WITH</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>THESE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DOCUMENTS,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>THE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>FEDERAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HOME</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LOAN</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BANK</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BOSTON</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(FHLBank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Boston)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>IN</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>NO</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>WAY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>PROVIDING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LEGAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ADVICE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OR</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>MAKING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>ANY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>REPRESENTATION</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>AS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>TO</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>THE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EFFECTIVENESS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>THE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>DOCUMENTS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DE1B66" w14:textId="591E2070" w:rsidR="001F3FE4" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
+    <w:p w14:paraId="5527E326" w14:textId="2A170D18" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+        <w:ind w:left="180" w:right="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>No</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>modifications</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>allowed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>without</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...11 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>FHLBank</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>execution.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>original</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>recorded</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>documents</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>should</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>provided</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHLBank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="6351B00D" w14:textId="5838C5F7" w:rsidR="001F3FE4" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
+    <w:p w14:paraId="5E85F8F0" w14:textId="7A87617D" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
         <w:spacing w:after="240"/>
-      </w:pPr>
-      <w:r>
+        <w:ind w:left="180" w:right="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>THIS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>DOCUMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>SHOULD</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ONLY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>BE</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>USED</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FOR</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FEDERAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>HOUSING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ADMINISTRATION</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(FHA)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>LOANS.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0B92A756" w14:textId="07D4DECD" w:rsidR="001F3FE4" w:rsidRPr="001F3FE4" w:rsidRDefault="001F3FE4" w:rsidP="009931A8">
-      <w:pPr>
+    <w:p w14:paraId="64BDE4B1" w14:textId="0F6E2293" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959">
+      <w:pPr>
+        <w:pStyle w:val="BodyText"/>
         <w:pBdr>
-          <w:top w:val="single" w:sz="4" w:space="1" w:color="auto"/>
-[...2 lines deleted...]
-          <w:right w:val="single" w:sz="4" w:space="4" w:color="auto"/>
+          <w:top w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="6" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="6" w:color="auto"/>
         </w:pBdr>
-        <w:rPr>
-[...8 lines deleted...]
-        </w:rPr>
+        <w:ind w:left="180" w:right="180"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>THIS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>INSTRUMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>IS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FOR</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHA</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>LOANS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...10 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ONLY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25DBECB9" w14:textId="77777777" w:rsidR="001F3FE4" w:rsidRDefault="001F3FE4" w:rsidP="001F3FE4"/>
-[...2 lines deleted...]
-        <w:sectPr w:rsidR="00E92AEB" w:rsidSect="002A60FA">
+    <w:p w14:paraId="706B4796" w14:textId="77777777" w:rsidR="00104959" w:rsidRPr="002C3013" w:rsidRDefault="00104959" w:rsidP="00104959"/>
+    <w:p w14:paraId="3188A97E" w14:textId="12579CF0" w:rsidR="00E92AEB" w:rsidRPr="002C3013" w:rsidRDefault="00E92AEB" w:rsidP="00233BDE">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:sectPr w:rsidR="00E92AEB" w:rsidRPr="002C3013" w:rsidSect="002A60FA">
           <w:footerReference w:type="default" r:id="rId13"/>
           <w:footerReference w:type="first" r:id="rId14"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="0"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:titlePg/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="20027F4A" w14:textId="7D29AE5F" w:rsidR="00F1385A" w:rsidRPr="00933331" w:rsidRDefault="00F1385A" w:rsidP="00933331">
+    <w:p w14:paraId="62DB038A" w14:textId="0D79CE29" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00233BDE">
       <w:pPr>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>FEDERAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>HOME</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>LOAN</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BANK</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>OF</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00933331">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>BOSTON</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F4CBDA0" w14:textId="6FF7673D" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001C2792">
+    <w:p w14:paraId="33ACF7FF" w14:textId="7D83BEE1" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00233BDE">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
-        <w:spacing w:after="240"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Equity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Builder</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00933331">
+      <w:r w:rsidR="00233BDE" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00933331">
+      <w:r w:rsidR="00233BDE" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>DEED</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>RESTRICTION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="146D483F" w14:textId="7E797141" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001E78F7">
+    <w:p w14:paraId="1AE50AA8" w14:textId="18199026" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>THIS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>DEED</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>RESTRICTION</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>(this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>”)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Equity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Builder</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00EB5585">
+      <w:r w:rsidR="00EB5585" w:rsidRPr="002C3013">
         <w:t>“EBP”</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00EB5585">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB5585" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>“Program”)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>funds</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>made</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«close_date»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>close_date</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>(the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>Closing</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Date”)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64302">
+        <w:t>«borrower_name(s)»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>(the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...23 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>“Borrower”)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>residing</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«property_address»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>borrower_name</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(s)»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64302">
+        <w:t>«property_city»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«property_state»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«lender_name»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>“Lender”),</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>maintaining</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>offices</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«property_address»,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64302">
+        <w:t>«headquarter_street_address»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...157 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«headquarter_city_state_zip»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2BBB3A3A" w14:textId="7B5F47DA" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001E78F7">
+    <w:p w14:paraId="44B8371F" w14:textId="4574F4DF" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00370C0C">
       <w:pPr>
         <w:pStyle w:val="BodyText2"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WHEREAS,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Federal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Home</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Loan</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006F7929" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006F7929" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>“</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00950EE7">
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>providing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>funds</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>through</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:bookmarkStart w:id="0" w:name="_Hlk217916264"/>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>down</w:t>
       </w:r>
-      <w:r w:rsidR="004C792F" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004C792F" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>payment,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>counseling,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rehabilitation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00565890">
+      <w:r w:rsidR="00565890" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and/or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00565890">
+      <w:r w:rsidR="00565890" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>closing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>costs</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>connection</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>purchase</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rehabilitation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>home</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:bookmarkEnd w:id="0"/>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>used</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>B</w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>orrower’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>primary</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>residence;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="764F367C" w14:textId="4EC874A5" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001E78F7">
+    <w:p w14:paraId="06D790E1" w14:textId="11E24EF3" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>WHEREAS,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>determined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>meets</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>definition</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>eligible</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...11 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>homeb</w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>uyer</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>defined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00950EE7">
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="4AEE7BC3" w14:textId="1891C8C7" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001E78F7">
+    <w:p w14:paraId="55E221F1" w14:textId="7A12E208" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>WHEREAS,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>determined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>enrollment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>had</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>total</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>household</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>income</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>no</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>more</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>than</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>80</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004C792F" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004C792F" w:rsidRPr="002C3013">
         <w:t>percent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>median</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>come</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>area</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>which</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>Property</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>(as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>defined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>below)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>located,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>adjusted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>family</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>size,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>defined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00950EE7">
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00E7773A">
+      <w:r w:rsidR="00E7773A" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>d</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>agreed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>upon</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>Lender;</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
-    <w:p w14:paraId="657C071C" w14:textId="73C03C91" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="001E78F7">
+    <w:p w14:paraId="414768B0" w14:textId="4E09F647" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>WHEREAS,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00950EE7">
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>entered</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>into</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A4C2F">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4C2F" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Homeownership</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005A4C2F">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005A4C2F" w:rsidRPr="002C3013">
         <w:t>Assistance</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>amended</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>time,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>“Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Agreement”)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>issue</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>funds</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>through</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>pursuant</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="000C3436" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3436" w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="000C3436" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000C3436" w:rsidRPr="002C3013">
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00E7773A">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00BF5241" w:rsidRPr="002C3013">
+        <w:t>6</w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00274322" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="74E5CDF8" w14:textId="22003D43" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00274322" w:rsidP="001E78F7">
+    <w:p w14:paraId="5D2EB027" w14:textId="4EBD2A7B" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00274322" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>WHEREAS</w:t>
       </w:r>
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>indebted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>amount</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+        <w:t>«EBP_subsidy_amount»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>EBP_subsidy_amount</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0085768F" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>Dollars</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64302">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006F7929" w:rsidRPr="002C3013">
+        <w:t>“</w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>EBP</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>Subsidy”),</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>indebtedness</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>evidenced</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00162701" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>Borrower’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>promissory</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>ote</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>even</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>date</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>herewith</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0085768F" w:rsidRPr="004441AB">
-[...12 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>amended</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>time</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>time,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...147 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>“Note”)</w:t>
       </w:r>
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="503524DF" w14:textId="3C96E937" w:rsidR="00405CC9" w:rsidRPr="004441AB" w:rsidRDefault="00274322" w:rsidP="001E78F7">
+    <w:p w14:paraId="28FE76D9" w14:textId="70C6610E" w:rsidR="00405CC9" w:rsidRPr="002C3013" w:rsidRDefault="00274322" w:rsidP="00370C0C">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>NOW</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>THEREFORE,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>value</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>received,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>adequacy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>sufficiency</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>which</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>hereby</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>acknowledged</w:t>
       </w:r>
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>does</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>hereby</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>impress</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="005D06EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D06EC" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>described</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00405CC9" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00405CC9" w:rsidRPr="002C3013">
         <w:t>property:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E24698A" w14:textId="7F5174BF" w:rsidR="00405CC9" w:rsidRPr="004441AB" w:rsidRDefault="00405CC9" w:rsidP="001E78F7">
+    <w:p w14:paraId="4BC3B812" w14:textId="34FB5815" w:rsidR="00405CC9" w:rsidRPr="002C3013" w:rsidRDefault="00405CC9" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>County</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«property_</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«property_county»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>State/Commonwealth</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>county»</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«property_state»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...21 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>specifically</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>described</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>follows:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="051A8BBD" w14:textId="7EA5466A" w:rsidR="00405CC9" w:rsidRPr="002C3013" w:rsidRDefault="00405CC9" w:rsidP="00A179D3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:ind w:left="900"/>
+        <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«property_state»</w:t>
-[...26 lines deleted...]
-        <w:t>follows:</w:t>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Property</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Address:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«property_address»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«property_city»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«property_state»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«property_zip»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29483BC9" w14:textId="230D15BF" w:rsidR="00405CC9" w:rsidRPr="004441AB" w:rsidRDefault="00405CC9" w:rsidP="001E78F7">
+    <w:p w14:paraId="666F7C4B" w14:textId="0B53711F" w:rsidR="00405CC9" w:rsidRPr="002C3013" w:rsidRDefault="00405CC9" w:rsidP="00370C0C">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>No.:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...13 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t>«sect_no»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Block</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>No.:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>property_address»,</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00A64302">
+        <w:t>«block_no»</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Lot</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>No.:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t>«</w:t>
-[...43 lines deleted...]
-        <w:t>«property_zip»</w:t>
+        <w:t>«lot_no»</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="532A6349" w14:textId="032BA4F8" w:rsidR="00405CC9" w:rsidRPr="004441AB" w:rsidRDefault="00405CC9" w:rsidP="001E78F7">
+    <w:p w14:paraId="48571D42" w14:textId="78F4D558" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00405CC9" w:rsidP="00A179D3">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="200"/>
         <w:ind w:left="900"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
-[...68 lines deleted...]
-        <w:t>«lot_no»</w:t>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>more</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>particularly</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>described</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Legal</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Description</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>attached</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>hereto</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>made</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>part</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>hereof</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Exhibit</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>(the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>“Property”),</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>following</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>restrictions</w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
+        <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="732A4946" w14:textId="6B1A90C2" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00405CC9" w:rsidP="001E78F7">
+    <w:p w14:paraId="510A355B" w14:textId="45EF2699" w:rsidR="00370C0C" w:rsidRPr="002C3013" w:rsidRDefault="00370C0C" w:rsidP="00AF3713">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="200"/>
-        <w:ind w:left="900"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
-[...153 lines deleted...]
-        <w:t>.</w:t>
+      <w:r w:rsidRPr="002C3013">
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="33109A41" w14:textId="0CF35E25" w:rsidR="00236507" w:rsidRPr="00E54977" w:rsidRDefault="00236507" w:rsidP="00EE1CD8">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="00E54977">
+    <w:p w14:paraId="1A071373" w14:textId="7ACE86B8" w:rsidR="00236507" w:rsidRPr="002C3013" w:rsidRDefault="00236507" w:rsidP="0009057B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00E54977">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>SUBSIDY</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D07B259" w14:textId="353818FA" w:rsidR="007E7B9B" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00F74176">
+    <w:p w14:paraId="3E72315A" w14:textId="181A7CE3" w:rsidR="007E7B9B" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="00A179D3">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>The</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Borrower</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>hereby</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>acknowledges</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>agrees</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>EBP</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Subsidy</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>represents</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>reduction</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Borrower’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>down</w:t>
+      </w:r>
+      <w:r w:rsidR="004C792F" w:rsidRPr="002C3013">
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>payment,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>closing,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>counseling</w:t>
+      </w:r>
+      <w:r w:rsidR="004C792F" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>rehabilitation</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>costs</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>acquisition</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>rehabilitation</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>roperty</w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00274322" w:rsidRPr="002C3013">
+        <w:t>Property</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>as</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Borrower’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>primary</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>residence.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Provided</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>repayment</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Borrower</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>triggered</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>pursuant</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>terms</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Section</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
+        <w:t>3</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>hereof,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>EBP</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Subsidy</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>forgiven</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>at</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Retention</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Period</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>no</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>payment</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>will</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>due</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>EBP</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Subsidy.</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>As</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>used</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
+        <w:t>Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
+        <w:t>Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>“Retention</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Period”</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
+        <w:t>mean</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>period</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Closing</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Date</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>five</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>(5)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>years</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>from</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Closing</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E7B9B" w:rsidRPr="002C3013">
+        <w:t>Date.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="400FDEAB" w14:textId="335FEEA5" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00236507" w:rsidP="0009057B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>NOTICE</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>A</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>SALE,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>TRANSFER,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>ASSIGNMENT</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>TITLE</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>OR</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>DEED,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>OR</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>REFINANCING</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="525D7EF9" w14:textId="03CAA5AC" w:rsidR="00236507" w:rsidRPr="002C3013" w:rsidRDefault="00236507" w:rsidP="0009057B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:bookmarkStart w:id="1" w:name="_Hlk89438237"/>
+      <w:bookmarkStart w:id="2" w:name="_Hlk89438456"/>
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>hereby</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...20 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Lender</w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
+        <w:t>FHLB</w:t>
+      </w:r>
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
+        <w:t>ank</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
+        <w:t>Boston</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>and,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
+        <w:t>FHLB</w:t>
+      </w:r>
+      <w:r w:rsidR="00950EE7" w:rsidRPr="002C3013">
+        <w:t>ank</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
+        <w:t>Boston</w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>’s</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>discretion</w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>designee</w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>thirty</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>(30)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>days</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>prior</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>written</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>notice</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>ny</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>sale,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>transfer,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>assignment</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>title</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>deed,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>refinancing</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...59 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Property</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>during</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...278 lines deleted...]
-      <w:r w:rsidR="007E7B9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Retention</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...210 lines deleted...]
-        <w:t>Date.</w:t>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Period.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0BF83502" w14:textId="3468F586" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00236507" w:rsidP="00B407CD">
-[...73 lines deleted...]
-    <w:p w14:paraId="0D153676" w14:textId="3C2F1B61" w:rsidR="00236507" w:rsidRPr="004441AB" w:rsidRDefault="00236507" w:rsidP="00F74176">
+    <w:p w14:paraId="206EB721" w14:textId="41438C61" w:rsidR="00506135" w:rsidRPr="002C3013" w:rsidRDefault="0070235B" w:rsidP="0009057B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="1" w:name="_Hlk89438237"/>
-[...285 lines deleted...]
-      </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk89438353"/>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidRPr="002C3013">
         <w:t>All</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notices</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>communications</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>mailed,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>facsimile</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>transmission</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>confirmation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>copy),</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>served</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>personally</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>address</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>indicated</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>below,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>address</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>designated</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>future</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>written</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>parties,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk89431041"/>
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>electronic</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(“email”)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>delivery</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>methods</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>set</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>forth</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>section</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>promptly</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>follow.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>facsimile</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>transmission</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>effective</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>transmitted;</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>personal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>service</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>effective</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>delivery;</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>U.S.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>effective</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>three</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(3)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>business</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>days</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>after</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>communication</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>deposited</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>mail</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>first</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>class</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>postage</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>prepaid,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>addressed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>aforesaid,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="5" w:name="_Hlk89431067"/>
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>email</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>effective</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>upon</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>recipient’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>confirmation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>receipt</w:t>
       </w:r>
       <w:bookmarkEnd w:id="5"/>
-      <w:r w:rsidRPr="0043364A">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="74C6DEE6" w14:textId="3933E914" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="008F5FD0">
+    <w:p w14:paraId="50BA111A" w14:textId="0624299F" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="0009057B">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
-        <w:spacing w:after="240"/>
+        <w:spacing w:after="200"/>
         <w:ind w:firstLine="0"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>address,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>location</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>becomes</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>primary</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>place</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00FD0026">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>business</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(provided</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>FHLBank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>notify</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>parties</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>writing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E6451" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>change)</w:t>
       </w:r>
-      <w:r w:rsidR="00E7773A">
+      <w:r w:rsidR="00E7773A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1DE8212A" w14:textId="161FB5FC" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="008F5FD0">
+    <w:p w14:paraId="4716241F" w14:textId="32226B62" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="0009057B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="2160"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Federal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Home</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Loan</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Bank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="008F5FD0">
+      <w:r w:rsidR="0009057B" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00587BC3" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00587BC3" w:rsidRPr="002C3013">
         <w:t>800</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00587BC3" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00587BC3" w:rsidRPr="002C3013">
         <w:t>Boylston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00587BC3" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00587BC3" w:rsidRPr="002C3013">
         <w:t>Street</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CD47A5">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD47A5" w:rsidRPr="002C3013">
         <w:t>6</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501" w:rsidRPr="00040886">
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:rPr>
           <w:vertAlign w:val="superscript"/>
         </w:rPr>
         <w:t>th</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="008F5FD0">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4CA7" w:rsidRPr="002C3013">
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
+        <w:t>loor</w:t>
+      </w:r>
+      <w:r w:rsidR="0009057B" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>MA</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>02199</w:t>
       </w:r>
-      <w:r w:rsidR="008F5FD0">
+      <w:r w:rsidR="0009057B" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Attention:</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Community</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Investment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Department</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D4D052C" w14:textId="344D53FF" w:rsidR="00E94207" w:rsidRDefault="00E94207" w:rsidP="008F5FD0">
+    <w:p w14:paraId="3774902E" w14:textId="1D5A16EA" w:rsidR="00E94207" w:rsidRPr="002C3013" w:rsidRDefault="00E94207" w:rsidP="0009057B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:ind w:left="1440" w:firstLine="720"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>1-</w:t>
       </w:r>
-      <w:r w:rsidR="00480034">
+      <w:r w:rsidR="00480034" w:rsidRPr="002C3013">
         <w:t>800-</w:t>
       </w:r>
       <w:bookmarkStart w:id="6" w:name="_Hlk89438364"/>
       <w:bookmarkStart w:id="7" w:name="_Hlk89438605"/>
-      <w:r w:rsidR="00480034">
+      <w:r w:rsidR="00480034" w:rsidRPr="002C3013">
         <w:t>3</w:t>
       </w:r>
       <w:bookmarkStart w:id="8" w:name="_Hlk89438710"/>
-      <w:r w:rsidR="00480034">
+      <w:r w:rsidR="00480034" w:rsidRPr="002C3013">
         <w:t>57-3452</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00480034">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00480034" w:rsidRPr="002C3013">
         <w:t>(Option</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00480034">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00480034" w:rsidRPr="002C3013">
         <w:t>5)</w:t>
       </w:r>
       <w:bookmarkEnd w:id="6"/>
     </w:p>
-    <w:p w14:paraId="3ECC5CAD" w14:textId="225A13E7" w:rsidR="00481DB1" w:rsidRPr="004441AB" w:rsidRDefault="00481DB1" w:rsidP="00F74176">
+    <w:p w14:paraId="0DCC032A" w14:textId="0DC6BB7A" w:rsidR="00481DB1" w:rsidRPr="002C3013" w:rsidRDefault="00481DB1" w:rsidP="0009057B">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="1440" w:firstLine="720"/>
       </w:pPr>
       <w:bookmarkStart w:id="9" w:name="_Hlk89438372"/>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Email:</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkStart w:id="10" w:name="_Hlk89438174"/>
-      <w:r w:rsidR="00A925A7">
+      <w:r w:rsidR="00A925A7" w:rsidRPr="002C3013">
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00A925A7">
+      <w:r w:rsidR="00A925A7" w:rsidRPr="002C3013">
         <w:instrText xml:space="preserve"> HYPERLINK "mailto:housing@fhlbboston.com" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00A925A7">
+      <w:r w:rsidR="00A925A7" w:rsidRPr="002C3013">
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00A925A7" w:rsidRPr="005C6201">
+      <w:r w:rsidR="00A925A7" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
         </w:rPr>
         <w:t>housing@fhlbboston.com</w:t>
       </w:r>
-      <w:r w:rsidR="00A925A7">
+      <w:r w:rsidR="00A925A7" w:rsidRPr="002C3013">
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="10"/>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:bookmarkEnd w:id="8"/>
     <w:bookmarkEnd w:id="9"/>
-    <w:p w14:paraId="08DC7FD3" w14:textId="3D2AB3C7" w:rsidR="00F1385A" w:rsidRPr="001E6451" w:rsidRDefault="00F1385A" w:rsidP="00F74176">
+    <w:p w14:paraId="742E3332" w14:textId="59913F89" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="004E5093">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E94207" w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="001E6451">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0E9C0044" w14:textId="5233DFC0" w:rsidR="001E6451" w:rsidRPr="009C1802" w:rsidRDefault="001E6451" w:rsidP="008F5FD0">
+    <w:p w14:paraId="5E670AB9" w14:textId="40D5BC59" w:rsidR="001E6451" w:rsidRPr="002C3013" w:rsidRDefault="001E6451" w:rsidP="004E5093">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="2160"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="5310"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:bookmarkStart w:id="11" w:name="_Hlk182841465"/>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="004E5093" w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32133FC3" w14:textId="029F8434" w:rsidR="001E6451" w:rsidRPr="002C3013" w:rsidRDefault="001E6451" w:rsidP="004E5093">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5314"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:bookmarkStart w:id="11" w:name="_Hlk182841465"/>
-      <w:r w:rsidRPr="009C1802">
+      <w:r w:rsidRPr="002C3013">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008F5FD0">
+      <w:r w:rsidRPr="002C3013">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="11C2F112" w14:textId="64A882F2" w:rsidR="001E6451" w:rsidRPr="009C1802" w:rsidRDefault="001E6451" w:rsidP="008F5FD0">
+    <w:p w14:paraId="2781EC8A" w14:textId="5275F74F" w:rsidR="001E6451" w:rsidRPr="002C3013" w:rsidRDefault="001E6451" w:rsidP="004E5093">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
           <w:tab w:val="left" w:leader="underscore" w:pos="5314"/>
         </w:tabs>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="009C1802">
+      <w:r w:rsidRPr="002C3013">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="008F5FD0">
+      <w:r w:rsidRPr="002C3013">
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7EA6F423" w14:textId="66F92FEA" w:rsidR="001E6451" w:rsidRPr="009C1802" w:rsidRDefault="001E6451" w:rsidP="008F5FD0">
-[...14 lines deleted...]
-    <w:p w14:paraId="626F8373" w14:textId="7261BC9A" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="001E6451" w:rsidP="008F5FD0">
+    <w:p w14:paraId="3E5C35A9" w14:textId="2A5952DF" w:rsidR="001E6451" w:rsidRPr="002C3013" w:rsidRDefault="001E6451" w:rsidP="004E5093">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="2160"/>
         </w:tabs>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...4 lines deleted...]
-      <w:r w:rsidRPr="009C1802">
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:tab/>
         <w:t>Email:</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
     </w:p>
-    <w:p w14:paraId="6B12AD97" w14:textId="697D08E0" w:rsidR="00F1385A" w:rsidRPr="008F5FD0" w:rsidRDefault="00F1385A" w:rsidP="00B407CD">
-[...4 lines deleted...]
-      <w:r w:rsidRPr="008F5FD0">
+    <w:bookmarkEnd w:id="11"/>
+    <w:p w14:paraId="5F6040E2" w14:textId="16496393" w:rsidR="004E5093" w:rsidRPr="002C3013" w:rsidRDefault="004E5093" w:rsidP="004E5093">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AA60C40" w14:textId="320F9EBB" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="0009057B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
         <w:t>REPAYMENT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="008F5FD0">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>OBLIGATION</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2A641B95" w14:textId="288ED546" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A64302">
+    <w:p w14:paraId="288A3E78" w14:textId="7F05232C" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>In</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>case</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sale</w:t>
       </w:r>
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>transfer,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>assignment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>title</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>deed,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>refinancing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>end</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>Retention</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A315FF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A315FF" w:rsidRPr="002C3013">
         <w:t>Period</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>repay</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>lesser</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>(x)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Subsidy,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>reduced</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>pro</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>rata</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>basis</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>per</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>month</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0013058D">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013058D" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0013058D">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013058D" w:rsidRPr="002C3013">
         <w:t>days</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0013058D">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013058D" w:rsidRPr="002C3013">
         <w:t>(in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0013058D">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013058D" w:rsidRPr="002C3013">
         <w:t>favor</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0013058D">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0013058D" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Borrower)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>period</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>Property</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00E013D2" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E013D2" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00236507" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00236507" w:rsidRPr="002C3013">
         <w:t>owned</w:t>
       </w:r>
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>(y)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>net</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>proceeds</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>sale,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>transfer,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>assignment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>title</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>unit,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>refinancing,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>applicable,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>minus</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>EBP-assisted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>household’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>investment,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>unless</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:softHyphen/>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>one</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:t>conditions</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>apply:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="564B8143" w14:textId="3B0AC563" w:rsidR="001A642C" w:rsidRPr="004441AB" w:rsidRDefault="001A642C" w:rsidP="00A64302">
+    <w:p w14:paraId="2B79AE73" w14:textId="3792C939" w:rsidR="0070235B" w:rsidRPr="002C3013" w:rsidRDefault="001A642C" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>purchaser,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>transferee,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>assignee</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>low</w:t>
       </w:r>
-      <w:r w:rsidR="00251D8D" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00251D8D" w:rsidRPr="002C3013">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>moderate-income</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>household,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>defined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Federal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Finance</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Agency’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Affordable</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Regulations</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>12</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>C.F.R</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Part</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>1291</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>et</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>seq.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>amended</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>time,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>“AHP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Regulations”)</w:t>
       </w:r>
-      <w:r w:rsidR="002552E4">
+      <w:r w:rsidR="002552E4" w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>Neither</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>nor</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>designee</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>required</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00810D3E">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:t>request</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>obtain</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>income.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>transferee,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>assignee</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>does</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>obligation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>income</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>documentation;</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>however,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>if</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00512DB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00512DB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...6 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>designee</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...6 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>documentation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>demonstrating</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>actual</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>income,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00512DB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00512DB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>apply</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>value</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>limits</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>proxy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>proxy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>determine</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0026" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>income.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00506135" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:spacing w:val="-3"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00506135" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>When</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser’s,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>transferee’s,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>assignee’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>actual</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>income</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>documentation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00506135" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00506135" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00506135" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00506135" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00506135" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00506135" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00B927B3" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00B927B3" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>determine</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subsequent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>purchaser,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>transferee,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>assignee</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>low-</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>moderate-income</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>household,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>defined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>AHP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Regulation</w:t>
       </w:r>
-      <w:r w:rsidR="00506135" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00506135" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>using</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>HUD</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Home</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Investment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Partnership</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>(HOME)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Trust</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>Fund</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>(HTF)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>value</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>limits</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>property’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>location</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00EB5585" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00EB5585" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00FD0026" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00FD0026" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00FD0026" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>“proxy</w:t>
       </w:r>
-      <w:r w:rsidR="00EB5585" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00EB5585" w:rsidRPr="002C3013">
         <w:rPr>
           <w:snapToGrid w:val="0"/>
           <w:spacing w:val="-3"/>
         </w:rPr>
         <w:t>”)</w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>limits</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>posted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>annually</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>HUD</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>website</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>available</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>FHFA</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>website.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>confirm</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>property</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>address</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>against</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>HOME</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>HTF</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>value</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>limits</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>prior</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>sale,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>determining</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>whether</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00CD47A5" w:rsidRPr="00A64302">
+      <w:r w:rsidR="00CD47A5" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>repayment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>process</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>need</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>fully</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0070235B" w:rsidRPr="00A64302">
+      <w:r w:rsidR="0070235B" w:rsidRPr="002C3013">
         <w:rPr>
           <w:rStyle w:val="normaltextrun"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
         </w:rPr>
         <w:t>executed.</w:t>
       </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:rStyle w:val="normaltextrun"/>
+          <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="1AEF2347" w14:textId="42511F76" w:rsidR="004D00D1" w:rsidRPr="00A64302" w:rsidRDefault="00110341" w:rsidP="00A64302">
+    <w:p w14:paraId="36A878A4" w14:textId="3FD25AF0" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00110341" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>Following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>refinancing</w:t>
       </w:r>
-      <w:r w:rsidR="00C547B5" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00C547B5" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00964588" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00964588" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00251D8D" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00251D8D" w:rsidRPr="002C3013">
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>roperty</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>continues</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>legally</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>enforceable</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>retention</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>mechanism</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>incorporating</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>covenants</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>set</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>forth</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D46438">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D46438" w:rsidRPr="002C3013">
         <w:t>Sections</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>1,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>contained</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>herein</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>consent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00251D8D" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00251D8D" w:rsidRPr="002C3013">
         <w:t>;</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="001A642C" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001A642C" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="63290F51" w14:textId="4C017AE5" w:rsidR="001A642C" w:rsidRPr="004441AB" w:rsidRDefault="001A642C" w:rsidP="00A64302">
+    <w:p w14:paraId="55BF4E34" w14:textId="283C359A" w:rsidR="001A642C" w:rsidRPr="002C3013" w:rsidRDefault="001A642C" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>amount</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Subsidy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>would</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>required</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>repaid</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>accordance</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...17 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>calculation</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>Section</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>$2,500</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:bCs/>
         </w:rPr>
         <w:t>less.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="06EE7C86" w14:textId="5338A39B" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="004053BF" w:rsidP="00A64302">
+    <w:p w14:paraId="4288B817" w14:textId="07423861" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="006A7477">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:ind w:left="360"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>entitled</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>collect</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>portion</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Subsidy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>owed</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>determined</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Section</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>3</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>taking</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>actions:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5E2B254A" w14:textId="77777777" w:rsidR="00AE3737" w:rsidRPr="00AE3737" w:rsidRDefault="00D25183" w:rsidP="009C1802">
+    <w:p w14:paraId="5095228B" w14:textId="1F8FB7AF" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00D25183" w:rsidP="006A7477">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
         <w:spacing w:after="200"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
-      </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>give</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>following</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Borrower’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>breach</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>covenant</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>specifying</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>nature</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>said</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>breach</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>action</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>time</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>within</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>which</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>cure</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...5 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:rPr>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>default.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="347AF34F" w14:textId="7E74B405" w:rsidR="00B407CD" w:rsidRDefault="004D00D1" w:rsidP="009C1802">
-[...1 lines deleted...]
-        <w:pStyle w:val="BodyTextIndent"/>
+    <w:p w14:paraId="32DD229B" w14:textId="389E0445" w:rsidR="00B02853" w:rsidRPr="002C3013" w:rsidRDefault="004D00D1" w:rsidP="006A7477">
+      <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="13"/>
         </w:numPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
-        <w:ind w:left="720"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>If</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>default</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>cured</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>specified</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>notice,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>option</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>sole</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>discretion,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>require</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>immediate</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>payment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>Subsidy,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>without</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>further</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>demand</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>invoke</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>remedies</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>permitted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>applicable</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>law</w:t>
       </w:r>
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00181AA8" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00181AA8" w:rsidRPr="002C3013">
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00762FC6" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00762FC6" w:rsidRPr="002C3013">
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>entitled</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>collect</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>expenses</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>incurred</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>pursuing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>remedies</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>provided</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>herein</w:t>
       </w:r>
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>including</w:t>
       </w:r>
-      <w:r w:rsidR="00B02853" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>but</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>limited</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>to,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>reasonable</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>attorney’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>fees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>costs</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>title</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00F1385A" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F1385A" w:rsidRPr="002C3013">
         <w:t>evidence.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="14FB66DD" w14:textId="370A4632" w:rsidR="0010204B" w:rsidRPr="004441AB" w:rsidRDefault="00B407CD" w:rsidP="00B407CD">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="603BCC5B" w14:textId="4337E645" w:rsidR="0010204B" w:rsidRPr="002C3013" w:rsidRDefault="0010204B" w:rsidP="002557E7">
+      <w:pPr>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
         <w:t>Additional</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>information</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>available</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId15" w:history="1">
-        <w:r w:rsidR="0010204B" w:rsidRPr="004441AB">
+        <w:r w:rsidRPr="002C3013">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
-            <w:lang w:val="en"/>
           </w:rPr>
           <w:t>www.fhlbboston.com</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>under</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Equity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Build</w:t>
       </w:r>
-      <w:r w:rsidR="00AE43DD">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00AE43DD" w:rsidRPr="002C3013">
         <w:t>er</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>contacting</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>at</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>phone</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>number</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>listed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Section</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="0010204B" w:rsidRPr="004441AB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="30DA4FEB" w14:textId="247B16FC" w:rsidR="004053BF" w:rsidRPr="00B407CD" w:rsidRDefault="004053BF" w:rsidP="00B407CD">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="00B407CD">
+    <w:p w14:paraId="4499B1FF" w14:textId="4DC67386" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="006A7477">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>THIRD</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00B407CD">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B407CD">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>PARTY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00B407CD">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="00B407CD">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>BENEFICIARY</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302" w:rsidRPr="00B407CD">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="130C087D" w14:textId="62F782F4" w:rsidR="004053BF" w:rsidRPr="004441AB" w:rsidRDefault="004053BF" w:rsidP="00B407CD">
-[...1 lines deleted...]
-        <w:spacing w:after="480"/>
+    <w:p w14:paraId="76CEE72F" w14:textId="44FD4200" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="002557E7">
+      <w:pPr>
         <w:jc w:val="both"/>
-        <w:rPr>
-[...6 lines deleted...]
-        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>intended,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...9 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>third</w:t>
       </w:r>
-      <w:r w:rsidR="00CA4501">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>-</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>beneficiary</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B02853" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>entitled</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>rely</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>upon</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>rights,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>representations,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>warranties,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>covenants</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>made</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>herein</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>same</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>extent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>if</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>were</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>hereunder.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="13853B8B" w14:textId="3F0F7501" w:rsidR="00E94207" w:rsidRPr="004441AB" w:rsidRDefault="00E94207" w:rsidP="00B407CD">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+    <w:p w14:paraId="5C3F95B5" w14:textId="37BDC681" w:rsidR="00E94207" w:rsidRPr="002C3013" w:rsidRDefault="00E94207" w:rsidP="006A7477">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>REPORTING</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>REQUIREMENTS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25C83DCE" w14:textId="1D4BDF3A" w:rsidR="00B02853" w:rsidRPr="004441AB" w:rsidRDefault="00CA4501" w:rsidP="002557E7">
+    <w:p w14:paraId="73831441" w14:textId="0950AFCF" w:rsidR="00B02853" w:rsidRPr="002C3013" w:rsidRDefault="00CA4501" w:rsidP="002557E7">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>established</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>policies</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>committed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>implementing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>maintaining</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>processes</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>controls</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>discover</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>report</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>suspicious</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>activity,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>including,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>but</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>limited</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>fraud</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>money</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>laundering.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>each</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>expected</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>support</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00701468">
+      <w:r w:rsidR="00701468" w:rsidRPr="002C3013">
         <w:t>’</w:t>
       </w:r>
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>efforts</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>identifying</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>suspicious</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>activity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>immediately</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>providing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>written</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>notification</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>suspicious</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>activity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>relation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>their</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>dealings</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>Should</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>believe</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>there</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>suspicious</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>activity</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>related</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="007A2C96">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007A2C96" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>business</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>transaction,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>must</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>notify</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00AD7E62" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD7E62" w:rsidRPr="002C3013">
         <w:t>immediately</w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>will</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>also</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>provide</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>with</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>information,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>documentation</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>assistance</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>reasonably</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>requested</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>response</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>receipt</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>notice</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E94207" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00E94207" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Lender.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="742A3A1C" w14:textId="77777777" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00CF0556" w:rsidP="00A95A07">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+    <w:p w14:paraId="3742540E" w14:textId="77777777" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00CF0556" w:rsidP="006A7477">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:t>MISCELLANEOUS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25A329EB" w14:textId="7FB9B5CA" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="2C26F05A" w14:textId="53792605" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>acknowledges</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Subsidy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>subject</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>conditions</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>Note,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>Agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="00496B92" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00496B92" w:rsidRPr="002C3013">
+        <w:t>EBP/HOW</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00496B92" w:rsidRPr="002C3013">
+        <w:t>Procedures,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>t</w:t>
       </w:r>
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>he</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>AHP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00D25183" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D25183" w:rsidRPr="002C3013">
         <w:t>Regulations</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3318D957" w14:textId="666B4383" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="54A9796B" w14:textId="3E5C491B" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>conditions</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>certifies</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>that</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>representations</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>contained</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>its</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Program</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A73600" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
         <w:t>application</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>are</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>true</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>accurate</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>date</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A73600" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A73600" w:rsidRPr="002C3013">
         <w:t>hereof</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...1 lines deleted...]
-      </w:r>
     </w:p>
-    <w:p w14:paraId="266ADC0F" w14:textId="697B646B" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="1C2437F7" w14:textId="0C4B7EBE" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agrees</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>responsible</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>for</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>all</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>tax</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>issues</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>(including,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>but</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>limited</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>reporting</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>payment)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>arising</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>from</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>receipt</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>EBP</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Subsidy</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A27B868" w14:textId="15ED7216" w:rsidR="004053BF" w:rsidRPr="004441AB" w:rsidRDefault="004053BF" w:rsidP="00A95A07">
+    <w:p w14:paraId="3CFC1A0B" w14:textId="5388F772" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>To</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>extent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>have</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>entered</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>into</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>other</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agreements</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>pertaining</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Property,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agreements</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>remain</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>full</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>force</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>effect,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>provided</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t>however,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:i/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>event</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>conflict</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>between</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agreements</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>unless</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>otherwise</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>expressly</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>provided</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>terms</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>prevail.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1219E381" w14:textId="2B61C8C6" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="7F2DDC3C" w14:textId="690DBAEB" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>acknowledges</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>receipt</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>true</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>copy</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68412DFB" w14:textId="02805FC4" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="117F047D" w14:textId="610BEB22" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>governed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>laws</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>United</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>States</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>and,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>extent</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>federal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>law</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>incorporates</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>defers</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>state</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>law,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>law</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>S</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>tate</w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>/Commonwealth</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>where</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Property</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>located</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>(excluding,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>however,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>conflict</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>law</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>rules</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>such</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>State/Commonwealth)</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="090D29DA" w14:textId="332A0773" w:rsidR="004053BF" w:rsidRPr="004441AB" w:rsidRDefault="00CD47A5" w:rsidP="00A95A07">
+    <w:p w14:paraId="21732F6B" w14:textId="4F4B0A3E" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="00CD47A5" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
+        <w:t>I</w:t>
+      </w:r>
+      <w:r w:rsidR="00701468" w:rsidRPr="002C3013">
+        <w:t>n</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00701468" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00701468" w:rsidRPr="002C3013">
+        <w:t>event</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00701468" w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>any</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>portion</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
+        <w:t>Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
+        <w:t>Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>conflicts</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>with</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>law,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>such</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>conflict</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>shall</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>not</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>affect</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>other</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>provisions</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
+        <w:t>Deed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
+        <w:t>Restriction</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>can</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>given</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>effect</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
-        <w:t>I</w:t>
-[...7 lines deleted...]
-      <w:r w:rsidR="00701468">
+        <w:t>without</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...27 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>conflicting</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>provision,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>end</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>provisions</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...104 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>are</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>declared</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...122 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>severable.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2091AAC3" w14:textId="538F9A9E" w:rsidR="00F1385A" w:rsidRPr="004441AB" w:rsidRDefault="00F1385A" w:rsidP="00A95A07">
+    <w:p w14:paraId="1B3E4556" w14:textId="6EBC9177" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>The</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower’s</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>obligations</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>hereunder</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>terminate</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:t>(I)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="006876EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006876EC" w:rsidRPr="002C3013">
         <w:t>after</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="006876EC" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006876EC" w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>foreclosure</w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:t>transfer</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>deed-in-lieu</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>foreclosure,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>assignment</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Federal</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Housing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>Administration</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>first</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>mortgage</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004053BF" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004053BF" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>HUD</w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="004D00D1" w:rsidRPr="004441AB">
+      <w:r w:rsidR="004D00D1" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>II</w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>upon</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>death</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>EBP-assisted</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00590B29" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00590B29" w:rsidRPr="002C3013">
         <w:rPr>
           <w:color w:val="000000"/>
         </w:rPr>
         <w:t>homeowner.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="272A94DB" w14:textId="3EDAA7F2" w:rsidR="004053BF" w:rsidRPr="004441AB" w:rsidRDefault="004053BF" w:rsidP="00A95A07">
+    <w:p w14:paraId="19E5D47D" w14:textId="2A4EEAFF" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="006A7477">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>shall</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>inure</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>benefit</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>successors</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>assigns</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Lender</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>FHLB</w:t>
       </w:r>
-      <w:r w:rsidR="00D82CB1">
+      <w:r w:rsidR="00D82CB1" w:rsidRPr="002C3013">
         <w:t>ank</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00CA4501">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
         <w:t>Boston</w:t>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5AF8CE0F" w14:textId="2EC1DAFB" w:rsidR="004053BF" w:rsidRPr="004441AB" w:rsidRDefault="004053BF" w:rsidP="00A95A07">
+    <w:p w14:paraId="51FBBC92" w14:textId="4847E548" w:rsidR="004053BF" w:rsidRPr="002C3013" w:rsidRDefault="004053BF" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00972E9B" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00972E9B" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>not</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>changed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>orally</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>but</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>may</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>be</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>changed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>only</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>an</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>agreement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>in</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>writing,</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>signed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>by</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>party</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>against</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>whom</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>enforcement</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>any</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>waiver,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>change,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>modification</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>discharge</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>sought.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7BD3C5E6" w14:textId="5DD9C880" w:rsidR="00972E9B" w:rsidRPr="004441AB" w:rsidRDefault="00972E9B" w:rsidP="00A95A07">
+    <w:p w14:paraId="1D6CF9CC" w14:textId="1772779D" w:rsidR="00972E9B" w:rsidRPr="002C3013" w:rsidRDefault="00972E9B" w:rsidP="006A7477">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="9"/>
         </w:numPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
         <w:jc w:val="both"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>This</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>is</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>subj</w:t>
       </w:r>
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>ect</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>subordinate</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>to</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>mortgages</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>mortgage</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>deeds</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>recorded</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>against</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Property</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>dated</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>as</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>of</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>or</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>before</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Closing</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Date.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1161A7E7" w14:textId="17C07065" w:rsidR="003D320E" w:rsidRPr="004441AB" w:rsidRDefault="002E35BD" w:rsidP="002A60FA">
+    <w:p w14:paraId="3DB9E46E" w14:textId="3D21D02C" w:rsidR="003D320E" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="002A60FA">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:jc w:val="center"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>[SIGNATURES</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>ON</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>NEXT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>PAGE.]</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6A730276" w14:textId="33226FDE" w:rsidR="002E35BD" w:rsidRPr="004441AB" w:rsidRDefault="002E35BD" w:rsidP="00C03DD5">
+    <w:p w14:paraId="1F7D1AF7" w14:textId="36F57E97" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="000312AB">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
         <w:spacing w:after="200"/>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:br w:type="page"/>
       </w:r>
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
         <w:t>IN</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>WITNESS</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>WHEREOF,</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>undersigned</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Borrower</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>executes</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>this</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>Deed</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidR="00520D87" w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
         <w:t>Restriction</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>on</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>the</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>day</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>and</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>year</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>first</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>above</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>written:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0DFF7200" w14:textId="186BD4CC" w:rsidR="00F4609A" w:rsidRPr="009F6C86" w:rsidRDefault="00F4609A" w:rsidP="00C03DD5">
+    <w:p w14:paraId="281D6508" w14:textId="77777777" w:rsidR="00085DD5" w:rsidRPr="002C3013" w:rsidRDefault="00085DD5" w:rsidP="00F72E95">
       <w:pPr>
         <w:autoSpaceDE w:val="0"/>
         <w:autoSpaceDN w:val="0"/>
         <w:adjustRightInd w:val="0"/>
-        <w:spacing w:after="240"/>
-[...1434 lines deleted...]
-        <w:sectPr w:rsidR="006B3733" w:rsidSect="009C1802">
+        <w:spacing w:after="200"/>
+        <w:sectPr w:rsidR="00085DD5" w:rsidRPr="002C3013" w:rsidSect="00A179D3">
           <w:footerReference w:type="first" r:id="rId16"/>
           <w:pgSz w:w="12240" w:h="15840"/>
           <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
           <w:pgNumType w:start="1"/>
           <w:cols w:space="720"/>
           <w:noEndnote/>
           <w:docGrid w:linePitch="326"/>
         </w:sectPr>
       </w:pPr>
-      <w:r w:rsidRPr="004441AB">
+      <w:bookmarkStart w:id="12" w:name="_Hlk177020162"/>
+    </w:p>
+    <w:p w14:paraId="5D73D17A" w14:textId="77777777" w:rsidR="00F4609A" w:rsidRPr="002C3013" w:rsidRDefault="00F4609A" w:rsidP="00F72E95">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>WITNESS:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DDB71A2" w14:textId="77777777" w:rsidR="00085DD5" w:rsidRPr="002C3013" w:rsidRDefault="00085DD5" w:rsidP="00085DD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="4410"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690E56FF" w14:textId="7FA52723" w:rsidR="00F4609A" w:rsidRPr="002C3013" w:rsidRDefault="00085DD5" w:rsidP="00085DD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="4410"/>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="460"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:br w:type="column"/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="662C7450" w14:textId="775C4587" w:rsidR="00F4609A" w:rsidRPr="002C3013" w:rsidRDefault="00F4609A" w:rsidP="00085DD5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Borrower</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0AB9A805" w14:textId="77777777" w:rsidR="00085DD5" w:rsidRPr="002C3013" w:rsidRDefault="00085DD5" w:rsidP="00F4609A">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00085DD5" w:rsidRPr="002C3013" w:rsidSect="00085DD5">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:num="2" w:space="720"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C7B1F73" w14:textId="37A49CBE" w:rsidR="00F4609A" w:rsidRPr="002C3013" w:rsidRDefault="00085DD5" w:rsidP="00085DD5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5040"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:before="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A724A61" w14:textId="77777777" w:rsidR="00F4609A" w:rsidRPr="002C3013" w:rsidRDefault="00F4609A" w:rsidP="00085DD5">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="600"/>
+        <w:ind w:left="4320" w:firstLine="720"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Borrower</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="12"/>
+    <w:p w14:paraId="40B94174" w14:textId="1CD37CC9" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="00AB256F">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>[FOR</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>MA]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04FF8247" w14:textId="48E761B8" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="002E35BD">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="4680"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>COMMONWEALTH</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>MASSACHUSETTS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="59358820" w14:textId="150CEDAD" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="00045C13" w:rsidP="00045C13">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:leader="underscore" w:pos="1980"/>
+          <w:tab w:val="center" w:pos="4680"/>
+        </w:tabs>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E35BD" w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E35BD" w:rsidRPr="002C3013">
+        <w:t>ss.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1B101664" w14:textId="4A292EE0" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:spacing w:after="200"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+        <w:t>On</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>this</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>day</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>undersigned</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>notary</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>public,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>personally</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>appeared</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>proved</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>through</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>satisfactory</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>identification,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>[check</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>one]:</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>____</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>photo</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>identification;</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>credible</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>witness;</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="009C35F0" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>personal</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>knowledge,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>whose</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>preceding</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>attached</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>document,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>acknowledged</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>he/she</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
+        <w:t>/they</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>signed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>it</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>voluntarily</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>its</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>stated</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>purpose.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1CFEE7E3" w14:textId="1508EA61" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="009C35F0" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A12A52F" w14:textId="7010EA74" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+        <w:t>Notary</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38580558" w14:textId="4EB78629" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:widowControl w:val="0"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
         <w:t>My</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>commission</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>expires:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23D1D1D2" w14:textId="6C8F14F8" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:pStyle w:val="Footer"/>
+        <w:spacing w:after="400"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Corporate</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Seal</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7D0FA14F" w14:textId="575011E2" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="5580"/>
+          <w:tab w:val="right" w:pos="9900"/>
+        </w:tabs>
+        <w:spacing w:after="400"/>
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>[FOR</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00520D87" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>CT,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>ME,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>NH,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>RI</w:t>
+      </w:r>
+      <w:r w:rsidR="004B236B" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>AND</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+        </w:rPr>
+        <w:t>VT]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B162DF1" w14:textId="0BCDA60E" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="400"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>STATE</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>OF,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>COUNTY</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>OF</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>ss.:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A1A5CA7" w14:textId="0CFB8034" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:spacing w:after="400"/>
+        <w:jc w:val="both"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>On</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«close_date»,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>before</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>undersigned,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Notary</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>Public</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>for</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>said</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>State,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>personally</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>appeared</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>«borw_list»</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>personally</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>known</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>proved</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>basis</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>satisfactory</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>evidence</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>be</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>individual(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>whose</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>name</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>is</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>subscribed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>within</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>instrument</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>acknowledged</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>to</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>me</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>he</w:t>
+      </w:r>
+      <w:r w:rsidR="00884FAF" w:rsidRPr="002C3013">
+        <w:t>/she</w:t>
+      </w:r>
+      <w:r w:rsidR="00CA4501" w:rsidRPr="002C3013">
+        <w:t>/they</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>executed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>same</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>in</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007E4CA7" w:rsidRPr="002C3013">
+        <w:t>his/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>her/their</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>capacity,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>and</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>that</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>by</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00884FAF" w:rsidRPr="002C3013">
+        <w:t>his/her</w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>/their</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>signature</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>on</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>instrument,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>individual(s)</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>or</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>person</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>upon</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>behalf</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>of</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>which</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>individual</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>acted,</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>executed</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>the</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>instrument.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="133DB151" w14:textId="4FF11FA5" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="009C35F0" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:leader="underscore" w:pos="9360"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40C83117" w14:textId="00ED5559" w:rsidR="002E35BD" w:rsidRPr="002C3013" w:rsidRDefault="009C35F0" w:rsidP="009C35F0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6120"/>
+        </w:tabs>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="002E35BD" w:rsidRPr="002C3013">
+        <w:t>Notary</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="002E35BD" w:rsidRPr="002C3013">
+        <w:t>Public</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79E337F3" w14:textId="77777777" w:rsidR="006B3733" w:rsidRPr="002C3013" w:rsidRDefault="002E35BD" w:rsidP="002E35BD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
+        <w:t>My</w:t>
+      </w:r>
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Commission</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>Expires:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0699B05A" w14:textId="7F58354E" w:rsidR="00F1385A" w:rsidRPr="00C44961" w:rsidRDefault="00F1385A" w:rsidP="00C44961">
-[...3 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+    <w:p w14:paraId="4A487FFD" w14:textId="77777777" w:rsidR="009C35F0" w:rsidRPr="002C3013" w:rsidRDefault="009C35F0" w:rsidP="002E35BD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:rPr>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5B100FD4" w14:textId="710A4BC1" w:rsidR="009C35F0" w:rsidRPr="002C3013" w:rsidRDefault="009C35F0" w:rsidP="002E35BD">
+      <w:pPr>
+        <w:autoSpaceDE w:val="0"/>
+        <w:autoSpaceDN w:val="0"/>
+        <w:adjustRightInd w:val="0"/>
+        <w:sectPr w:rsidR="009C35F0" w:rsidRPr="002C3013" w:rsidSect="00085DD5">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="12240" w:h="15840"/>
+          <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+          <w:pgNumType w:start="1"/>
+          <w:cols w:space="720"/>
+          <w:noEndnote/>
+          <w:docGrid w:linePitch="326"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75D154FC" w14:textId="61C0806D" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A" w:rsidP="008C3C58">
+      <w:pPr>
+        <w:pStyle w:val="Heading2Underlined"/>
+      </w:pPr>
+      <w:r w:rsidRPr="002C3013">
         <w:lastRenderedPageBreak/>
         <w:t>EXHIBIT</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>A</w:t>
       </w:r>
-      <w:r w:rsidR="00C44961">
+      <w:r w:rsidR="008C3C58" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C44961">
+      <w:r w:rsidR="008C3C58" w:rsidRPr="002C3013">
         <w:br/>
       </w:r>
-      <w:r w:rsidR="00C44961">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidRPr="002C3013">
         <w:t>LEGAL</w:t>
       </w:r>
-      <w:r w:rsidR="00A64302">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="004441AB">
+      <w:r w:rsidR="006A7477" w:rsidRPr="002C3013">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="002C3013">
         <w:t>DESCRIPTION</w:t>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="00F1385A" w:rsidRPr="00C44961" w:rsidSect="009C1802">
+    <w:p w14:paraId="7AB64AD1" w14:textId="77777777" w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidRDefault="00F1385A">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00F1385A" w:rsidRPr="002C3013" w:rsidSect="00A179D3">
       <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:noEndnote/>
       <w:titlePg/>
       <w:docGrid w:linePitch="326"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1F265EDF" w14:textId="77777777" w:rsidR="00B819E0" w:rsidRDefault="00B819E0">
+    <w:p w14:paraId="4644C079" w14:textId="77777777" w:rsidR="008A54F5" w:rsidRDefault="008A54F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3F726EB8" w14:textId="77777777" w:rsidR="00B819E0" w:rsidRDefault="00B819E0">
+    <w:p w14:paraId="3BB71ACD" w14:textId="77777777" w:rsidR="008A54F5" w:rsidRDefault="008A54F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian Light">
+    <w:altName w:val="等线 Light"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos Display">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="DengXian">
+    <w:altName w:val="等线"/>
+    <w:panose1 w:val="02010600030101010101"/>
+    <w:charset w:val="86"/>
+    <w:family w:val="auto"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="A00002BF" w:usb1="38CF7CFA" w:usb2="00000016" w:usb3="00000000" w:csb0="0004000F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="11404572" w14:textId="34FB63FF" w:rsidR="00DF2886" w:rsidRDefault="009E20B6" w:rsidP="00BE7726">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4BB33B24" w14:textId="2293B0D3" w:rsidR="00DF2886" w:rsidRDefault="009E20B6" w:rsidP="00BE7726">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00E05C12">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:t>1</w:t>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00E05C12">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:instrText xml:space="preserve"> SECTIONPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidR="002C20A1">
+    <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00AE3737">
+    <w:r w:rsidR="00F237D2">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>6</w:t>
     </w:r>
     <w:r w:rsidRPr="00A60C2C">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00DF2886">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00DF2886" w:rsidRPr="004441AB">
       <w:t>Revised January 202</w:t>
     </w:r>
-    <w:r w:rsidR="00DF2886">
-      <w:t>5</w:t>
+    <w:r w:rsidR="00BF5241">
+      <w:t>6</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="69B4DE62" w14:textId="42B707BD" w:rsidR="00CF40D7" w:rsidRPr="009C1802" w:rsidRDefault="00DF2886" w:rsidP="009C1802">
+  <w:p w14:paraId="35F0B87C" w14:textId="689630C8" w:rsidR="00CF40D7" w:rsidRPr="00A179D3" w:rsidRDefault="00DF2886" w:rsidP="00A179D3">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004441AB">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Classification: Public</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="374DC655" w14:textId="5E95450D" w:rsidR="00602B0E" w:rsidRDefault="00933331">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6B2C29FD" w14:textId="77777777" w:rsidR="00233BDE" w:rsidRPr="00602B0E" w:rsidRDefault="00233BDE" w:rsidP="00233BDE">
     <w:pPr>
-      <w:pStyle w:val="Footer"/>
+      <w:rPr>
+        <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+        <w:color w:val="000000"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00602B0E">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Classification: Public</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4CD767FA" w14:textId="77777777" w:rsidR="00240D6C" w:rsidRDefault="00240D6C" w:rsidP="00DC0045">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5C06D445" w14:textId="77777777" w:rsidR="00240D6C" w:rsidRDefault="00240D6C" w:rsidP="00DC0045">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
     <w:r w:rsidRPr="00E05C12">
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:instrText xml:space="preserve"> PAGE </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="00E05C12">
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:instrText xml:space="preserve"> SECTIONPAGES  </w:instrText>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00EC6672">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>7</w:t>
     </w:r>
-    <w:r w:rsidRPr="009C1802">
+    <w:r w:rsidRPr="00A179D3">
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidR="00DC0045">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00DC0045">
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00DC0045" w:rsidRPr="004441AB">
       <w:t>Revised January 202</w:t>
     </w:r>
     <w:r w:rsidR="00DC0045">
       <w:t>5</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="7EBCCB77" w14:textId="77777777" w:rsidR="00240D6C" w:rsidRPr="009C1802" w:rsidRDefault="00DC0045" w:rsidP="009C1802">
+  <w:p w14:paraId="0D0A33C9" w14:textId="77777777" w:rsidR="00240D6C" w:rsidRPr="00A179D3" w:rsidRDefault="00DC0045" w:rsidP="00A179D3">
     <w:pPr>
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004441AB">
       <w:rPr>
         <w:color w:val="000000"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>Classification: Public</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="62AFF091" w14:textId="77777777" w:rsidR="006B3733" w:rsidRPr="006B3733" w:rsidRDefault="006B3733" w:rsidP="006B3733">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="26DF2AAC" w14:textId="77777777" w:rsidR="006B3733" w:rsidRPr="006B3733" w:rsidRDefault="006B3733" w:rsidP="006B3733">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30F95196" w14:textId="77777777" w:rsidR="00B819E0" w:rsidRDefault="00B819E0">
+    <w:p w14:paraId="7BB22B70" w14:textId="77777777" w:rsidR="008A54F5" w:rsidRDefault="008A54F5">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="268D873A" w14:textId="77777777" w:rsidR="00B819E0" w:rsidRDefault="00B819E0">
+    <w:p w14:paraId="1D4DD345" w14:textId="77777777" w:rsidR="008A54F5" w:rsidRDefault="008A54F5">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="034B7FA3"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="BBBCA152"/>
     <w:lvl w:ilvl="0" w:tplc="AA90C3B6">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -18672,50 +18106,141 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0E0468C5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2C424EF0"/>
+    <w:lvl w:ilvl="0" w:tplc="C1624970">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:pStyle w:val="Heading2"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+        <w:b/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="1009000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="10090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="1009001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="328E222A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="7304B946"/>
     <w:lvl w:ilvl="0" w:tplc="7E5E72B0">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="(%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1800" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -18760,51 +18285,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6840" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3682636E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17C0696A"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -18849,51 +18374,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="39E72433"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6382D516"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="6"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
@@ -18965,51 +18490,51 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="45342931"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="06565778"/>
     <w:lvl w:ilvl="0" w:tplc="39944334">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19055,51 +18580,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4AD22D5D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="FB7A00C8"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19144,51 +18669,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4B8C0209"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="04BE42E8"/>
     <w:lvl w:ilvl="0" w:tplc="04090015">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
@@ -19233,51 +18758,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="619011DA"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="AF827D30"/>
     <w:lvl w:ilvl="0" w:tplc="3634DAF8">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b w:val="0"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -19323,58 +18848,57 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="79520D6E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="3EF6DAA0"/>
-    <w:lvl w:ilvl="0" w:tplc="E30CDC58">
+    <w:tmpl w:val="015CA468"/>
+    <w:lvl w:ilvl="0" w:tplc="A11C32F4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
-      <w:pStyle w:val="H2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="540" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
         <w:b/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%3."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
@@ -19414,518 +18938,573 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="22438519">
+  <w:num w:numId="1" w16cid:durableId="1037702374">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="747112343">
+  <w:num w:numId="2" w16cid:durableId="1920863430">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1398630492">
+  <w:num w:numId="3" w16cid:durableId="683359862">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="1811511465">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1355301077">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1364360567">
+  <w:num w:numId="6" w16cid:durableId="1575355223">
     <w:abstractNumId w:val="12"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="49497831">
+  <w:num w:numId="7" w16cid:durableId="1110467340">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1027217380">
+  <w:num w:numId="8" w16cid:durableId="297997828">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="1074468595">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="508056725">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1222210118">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="11" w16cid:durableId="395206082">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1213809489">
-[...2 lines deleted...]
-  <w:num w:numId="9" w16cid:durableId="890700639">
+  <w:num w:numId="12" w16cid:durableId="854153077">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1935238044">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="13" w16cid:durableId="1701516911">
+    <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="709569902">
-[...6 lines deleted...]
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="14" w16cid:durableId="479199628">
+    <w:abstractNumId w:val="5"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:zoom w:percent="100"/>
   <w:embedSystemFonts/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneFormatFilter w:val="3F04" w:allStyles="0" w:customStyles="0" w:latentStyles="1" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:stylePaneSortMethod w:val="0000"/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BB7F0B"/>
     <w:rsid w:val="000050F8"/>
     <w:rsid w:val="00006C20"/>
-    <w:rsid w:val="00007878"/>
     <w:rsid w:val="00020703"/>
     <w:rsid w:val="00020BA5"/>
     <w:rsid w:val="00026013"/>
+    <w:rsid w:val="000312AB"/>
     <w:rsid w:val="00032EEF"/>
     <w:rsid w:val="0003595F"/>
     <w:rsid w:val="00036140"/>
     <w:rsid w:val="00040886"/>
     <w:rsid w:val="000441C9"/>
+    <w:rsid w:val="00045C13"/>
     <w:rsid w:val="00053705"/>
     <w:rsid w:val="00064858"/>
     <w:rsid w:val="000804A5"/>
     <w:rsid w:val="000835B2"/>
     <w:rsid w:val="00084AF0"/>
+    <w:rsid w:val="00085DD5"/>
+    <w:rsid w:val="0009057B"/>
     <w:rsid w:val="00092C68"/>
     <w:rsid w:val="00092DF9"/>
     <w:rsid w:val="000A2BEC"/>
     <w:rsid w:val="000A561C"/>
     <w:rsid w:val="000B0903"/>
     <w:rsid w:val="000B3D1F"/>
     <w:rsid w:val="000C3436"/>
+    <w:rsid w:val="000D2311"/>
     <w:rsid w:val="000D4C30"/>
     <w:rsid w:val="000D732C"/>
     <w:rsid w:val="000F28AB"/>
     <w:rsid w:val="0010204B"/>
+    <w:rsid w:val="00104959"/>
     <w:rsid w:val="00110341"/>
     <w:rsid w:val="00125271"/>
     <w:rsid w:val="001260E2"/>
     <w:rsid w:val="0013058D"/>
     <w:rsid w:val="00135795"/>
-    <w:rsid w:val="0014138C"/>
     <w:rsid w:val="001458FC"/>
     <w:rsid w:val="00152012"/>
-    <w:rsid w:val="00160F55"/>
     <w:rsid w:val="00162701"/>
     <w:rsid w:val="00162979"/>
     <w:rsid w:val="00163FE0"/>
     <w:rsid w:val="00171CFC"/>
     <w:rsid w:val="00172070"/>
     <w:rsid w:val="00181A5E"/>
     <w:rsid w:val="00181AA8"/>
     <w:rsid w:val="001A17E9"/>
     <w:rsid w:val="001A285A"/>
     <w:rsid w:val="001A642C"/>
-    <w:rsid w:val="001C2792"/>
     <w:rsid w:val="001E6451"/>
     <w:rsid w:val="001E6E8B"/>
-    <w:rsid w:val="001E78F7"/>
     <w:rsid w:val="001F21FF"/>
     <w:rsid w:val="001F393D"/>
-    <w:rsid w:val="001F3FE4"/>
     <w:rsid w:val="00203B8F"/>
     <w:rsid w:val="002131DB"/>
     <w:rsid w:val="002178C1"/>
     <w:rsid w:val="00217FB9"/>
+    <w:rsid w:val="002204E0"/>
     <w:rsid w:val="00221543"/>
+    <w:rsid w:val="00233BDE"/>
     <w:rsid w:val="00236507"/>
     <w:rsid w:val="00240D6C"/>
     <w:rsid w:val="00251D8D"/>
     <w:rsid w:val="0025411B"/>
     <w:rsid w:val="0025441A"/>
     <w:rsid w:val="00254CCD"/>
     <w:rsid w:val="002552E4"/>
     <w:rsid w:val="002557E7"/>
     <w:rsid w:val="00274322"/>
     <w:rsid w:val="002A081F"/>
     <w:rsid w:val="002A60FA"/>
     <w:rsid w:val="002B18A7"/>
     <w:rsid w:val="002B3064"/>
-    <w:rsid w:val="002C20A1"/>
+    <w:rsid w:val="002C29EB"/>
+    <w:rsid w:val="002C3013"/>
+    <w:rsid w:val="002E013C"/>
     <w:rsid w:val="002E35BD"/>
     <w:rsid w:val="002E6396"/>
     <w:rsid w:val="0030288E"/>
     <w:rsid w:val="00310698"/>
     <w:rsid w:val="00321AFC"/>
     <w:rsid w:val="0032692F"/>
     <w:rsid w:val="0033591D"/>
     <w:rsid w:val="00341F81"/>
+    <w:rsid w:val="003431EA"/>
     <w:rsid w:val="00354EDA"/>
     <w:rsid w:val="0036385D"/>
+    <w:rsid w:val="00370C0C"/>
     <w:rsid w:val="003802A8"/>
     <w:rsid w:val="003856BA"/>
     <w:rsid w:val="003973B1"/>
     <w:rsid w:val="003B0739"/>
     <w:rsid w:val="003D320E"/>
-    <w:rsid w:val="003D4297"/>
+    <w:rsid w:val="003D77BB"/>
     <w:rsid w:val="003E074A"/>
     <w:rsid w:val="003E1F9C"/>
     <w:rsid w:val="004053BF"/>
     <w:rsid w:val="00405CC9"/>
     <w:rsid w:val="00406A7A"/>
     <w:rsid w:val="00422BA9"/>
     <w:rsid w:val="00422CA9"/>
     <w:rsid w:val="0043364A"/>
     <w:rsid w:val="004417CC"/>
     <w:rsid w:val="00442B44"/>
+    <w:rsid w:val="0044383A"/>
     <w:rsid w:val="004441AB"/>
     <w:rsid w:val="00480034"/>
     <w:rsid w:val="00481DB1"/>
     <w:rsid w:val="00486785"/>
     <w:rsid w:val="00490614"/>
     <w:rsid w:val="0049397A"/>
+    <w:rsid w:val="00496B92"/>
     <w:rsid w:val="004B236B"/>
+    <w:rsid w:val="004B6BD4"/>
     <w:rsid w:val="004C0482"/>
     <w:rsid w:val="004C568F"/>
     <w:rsid w:val="004C58FC"/>
     <w:rsid w:val="004C792F"/>
     <w:rsid w:val="004C7F94"/>
     <w:rsid w:val="004D00D1"/>
     <w:rsid w:val="004D411C"/>
+    <w:rsid w:val="004E5093"/>
     <w:rsid w:val="004E65F7"/>
     <w:rsid w:val="00506135"/>
     <w:rsid w:val="00506FED"/>
     <w:rsid w:val="00512DB1"/>
     <w:rsid w:val="00520D87"/>
     <w:rsid w:val="00527327"/>
     <w:rsid w:val="005644CA"/>
     <w:rsid w:val="00565890"/>
     <w:rsid w:val="00565CEE"/>
     <w:rsid w:val="005746F0"/>
     <w:rsid w:val="00582754"/>
     <w:rsid w:val="005844FD"/>
     <w:rsid w:val="00587BC3"/>
     <w:rsid w:val="00590B29"/>
     <w:rsid w:val="00596F96"/>
     <w:rsid w:val="005A0126"/>
     <w:rsid w:val="005A3CB1"/>
-    <w:rsid w:val="005A49E0"/>
     <w:rsid w:val="005A4C2F"/>
     <w:rsid w:val="005B247A"/>
     <w:rsid w:val="005B6843"/>
     <w:rsid w:val="005B6C44"/>
     <w:rsid w:val="005B6E3A"/>
     <w:rsid w:val="005C1E84"/>
     <w:rsid w:val="005D06EC"/>
-    <w:rsid w:val="005D7C06"/>
+    <w:rsid w:val="005D248B"/>
     <w:rsid w:val="005F7FB9"/>
     <w:rsid w:val="00601378"/>
     <w:rsid w:val="00602B0E"/>
     <w:rsid w:val="006078F4"/>
     <w:rsid w:val="00614B7D"/>
     <w:rsid w:val="00624C06"/>
-    <w:rsid w:val="00625825"/>
     <w:rsid w:val="00662C94"/>
+    <w:rsid w:val="0067321A"/>
     <w:rsid w:val="00673411"/>
     <w:rsid w:val="006750B5"/>
     <w:rsid w:val="00682202"/>
     <w:rsid w:val="006876EC"/>
     <w:rsid w:val="00692D7D"/>
     <w:rsid w:val="00695D42"/>
+    <w:rsid w:val="006A7477"/>
     <w:rsid w:val="006B3733"/>
     <w:rsid w:val="006B6678"/>
     <w:rsid w:val="006C7001"/>
     <w:rsid w:val="006F1BF9"/>
     <w:rsid w:val="006F7929"/>
     <w:rsid w:val="00701468"/>
     <w:rsid w:val="0070235B"/>
     <w:rsid w:val="00706F25"/>
     <w:rsid w:val="00710171"/>
     <w:rsid w:val="0073070E"/>
     <w:rsid w:val="00743500"/>
     <w:rsid w:val="00747801"/>
     <w:rsid w:val="00756454"/>
     <w:rsid w:val="00762FC6"/>
     <w:rsid w:val="007849C4"/>
     <w:rsid w:val="00790439"/>
     <w:rsid w:val="00790E8E"/>
     <w:rsid w:val="0079605B"/>
     <w:rsid w:val="0079641A"/>
     <w:rsid w:val="007A2C96"/>
     <w:rsid w:val="007A4FD7"/>
     <w:rsid w:val="007B4F7C"/>
+    <w:rsid w:val="007C2794"/>
     <w:rsid w:val="007D1590"/>
     <w:rsid w:val="007D3A3F"/>
+    <w:rsid w:val="007E4CA7"/>
     <w:rsid w:val="007E5974"/>
     <w:rsid w:val="007E7B9B"/>
     <w:rsid w:val="00804508"/>
-    <w:rsid w:val="00816572"/>
     <w:rsid w:val="00822C64"/>
     <w:rsid w:val="0084129B"/>
     <w:rsid w:val="008425C5"/>
     <w:rsid w:val="0085768F"/>
     <w:rsid w:val="00876D49"/>
     <w:rsid w:val="00884D94"/>
     <w:rsid w:val="00884FAF"/>
+    <w:rsid w:val="008A54F5"/>
+    <w:rsid w:val="008B57B1"/>
+    <w:rsid w:val="008B76E0"/>
     <w:rsid w:val="008C19BE"/>
+    <w:rsid w:val="008C3C58"/>
     <w:rsid w:val="008C71DE"/>
     <w:rsid w:val="008C782B"/>
     <w:rsid w:val="008D2824"/>
-    <w:rsid w:val="008F5FD0"/>
     <w:rsid w:val="009035C1"/>
     <w:rsid w:val="00904A3F"/>
     <w:rsid w:val="00911965"/>
     <w:rsid w:val="00914BC6"/>
     <w:rsid w:val="00921897"/>
-    <w:rsid w:val="00933331"/>
     <w:rsid w:val="00950EE7"/>
     <w:rsid w:val="00955FD6"/>
     <w:rsid w:val="00964588"/>
     <w:rsid w:val="009725F9"/>
     <w:rsid w:val="00972E9B"/>
     <w:rsid w:val="00975412"/>
     <w:rsid w:val="009810D9"/>
     <w:rsid w:val="00981C57"/>
-    <w:rsid w:val="009931A8"/>
     <w:rsid w:val="009A052F"/>
     <w:rsid w:val="009A5E6C"/>
-    <w:rsid w:val="009C1802"/>
+    <w:rsid w:val="009C35F0"/>
     <w:rsid w:val="009E20B6"/>
     <w:rsid w:val="009E294B"/>
     <w:rsid w:val="009E5FA9"/>
     <w:rsid w:val="00A05497"/>
     <w:rsid w:val="00A06031"/>
+    <w:rsid w:val="00A179D3"/>
     <w:rsid w:val="00A315FF"/>
     <w:rsid w:val="00A57162"/>
-    <w:rsid w:val="00A64302"/>
     <w:rsid w:val="00A65A8C"/>
     <w:rsid w:val="00A73600"/>
     <w:rsid w:val="00A925A7"/>
     <w:rsid w:val="00A9493B"/>
-    <w:rsid w:val="00A95A07"/>
     <w:rsid w:val="00AB0DCF"/>
     <w:rsid w:val="00AB1B44"/>
+    <w:rsid w:val="00AB256F"/>
     <w:rsid w:val="00AB70CC"/>
     <w:rsid w:val="00AC4566"/>
     <w:rsid w:val="00AD696C"/>
     <w:rsid w:val="00AD7E62"/>
-    <w:rsid w:val="00AE3737"/>
     <w:rsid w:val="00AE43DD"/>
     <w:rsid w:val="00AE5F18"/>
+    <w:rsid w:val="00AF0818"/>
     <w:rsid w:val="00AF3713"/>
     <w:rsid w:val="00B02853"/>
     <w:rsid w:val="00B151DF"/>
     <w:rsid w:val="00B31576"/>
     <w:rsid w:val="00B35390"/>
-    <w:rsid w:val="00B407CD"/>
     <w:rsid w:val="00B470C5"/>
     <w:rsid w:val="00B54FEF"/>
     <w:rsid w:val="00B635E1"/>
     <w:rsid w:val="00B7577B"/>
-    <w:rsid w:val="00B819E0"/>
     <w:rsid w:val="00B927B3"/>
     <w:rsid w:val="00BA34B4"/>
     <w:rsid w:val="00BB431E"/>
     <w:rsid w:val="00BB7F0B"/>
     <w:rsid w:val="00BC378F"/>
+    <w:rsid w:val="00BC4E1B"/>
     <w:rsid w:val="00BC526E"/>
     <w:rsid w:val="00BD292B"/>
     <w:rsid w:val="00BE1BD5"/>
     <w:rsid w:val="00BE76E3"/>
     <w:rsid w:val="00BE7726"/>
+    <w:rsid w:val="00BF5241"/>
     <w:rsid w:val="00C0092B"/>
-    <w:rsid w:val="00C03DD5"/>
     <w:rsid w:val="00C078D1"/>
     <w:rsid w:val="00C25DAF"/>
     <w:rsid w:val="00C31544"/>
     <w:rsid w:val="00C41187"/>
-    <w:rsid w:val="00C44961"/>
     <w:rsid w:val="00C547B5"/>
     <w:rsid w:val="00C56CBD"/>
     <w:rsid w:val="00C65022"/>
+    <w:rsid w:val="00C85BCB"/>
     <w:rsid w:val="00CA4501"/>
     <w:rsid w:val="00CC3279"/>
     <w:rsid w:val="00CC489A"/>
     <w:rsid w:val="00CD47A5"/>
-    <w:rsid w:val="00CD6DDB"/>
     <w:rsid w:val="00CE00D6"/>
     <w:rsid w:val="00CE135F"/>
     <w:rsid w:val="00CF0556"/>
     <w:rsid w:val="00CF40D7"/>
     <w:rsid w:val="00CF4DD9"/>
-    <w:rsid w:val="00D06DED"/>
     <w:rsid w:val="00D07F0F"/>
     <w:rsid w:val="00D1006B"/>
     <w:rsid w:val="00D25183"/>
+    <w:rsid w:val="00D26873"/>
     <w:rsid w:val="00D31CDF"/>
     <w:rsid w:val="00D34AAA"/>
     <w:rsid w:val="00D35BCD"/>
     <w:rsid w:val="00D46146"/>
     <w:rsid w:val="00D46438"/>
     <w:rsid w:val="00D623C9"/>
     <w:rsid w:val="00D6315F"/>
     <w:rsid w:val="00D77DE6"/>
     <w:rsid w:val="00D82CB1"/>
     <w:rsid w:val="00DA4499"/>
     <w:rsid w:val="00DA5A78"/>
     <w:rsid w:val="00DC0045"/>
-    <w:rsid w:val="00DC4215"/>
+    <w:rsid w:val="00DD5B47"/>
     <w:rsid w:val="00DE10FB"/>
     <w:rsid w:val="00DE292E"/>
     <w:rsid w:val="00DF1D32"/>
     <w:rsid w:val="00DF2886"/>
     <w:rsid w:val="00DF69D3"/>
     <w:rsid w:val="00E013D2"/>
     <w:rsid w:val="00E0515A"/>
     <w:rsid w:val="00E05C12"/>
     <w:rsid w:val="00E26C2E"/>
     <w:rsid w:val="00E31D7B"/>
     <w:rsid w:val="00E4480F"/>
-    <w:rsid w:val="00E54977"/>
     <w:rsid w:val="00E6660C"/>
     <w:rsid w:val="00E66B2B"/>
     <w:rsid w:val="00E70C7A"/>
     <w:rsid w:val="00E7773A"/>
     <w:rsid w:val="00E92AEB"/>
     <w:rsid w:val="00E94207"/>
     <w:rsid w:val="00EA3A88"/>
     <w:rsid w:val="00EA4ED5"/>
     <w:rsid w:val="00EB39E8"/>
     <w:rsid w:val="00EB5585"/>
     <w:rsid w:val="00EC2767"/>
     <w:rsid w:val="00EC6672"/>
     <w:rsid w:val="00ED4601"/>
-    <w:rsid w:val="00EE1CD8"/>
+    <w:rsid w:val="00ED63F9"/>
     <w:rsid w:val="00EE26BB"/>
     <w:rsid w:val="00EF574A"/>
-    <w:rsid w:val="00F05A9C"/>
     <w:rsid w:val="00F1385A"/>
+    <w:rsid w:val="00F237D2"/>
     <w:rsid w:val="00F30BC5"/>
     <w:rsid w:val="00F328AF"/>
     <w:rsid w:val="00F42059"/>
     <w:rsid w:val="00F4609A"/>
-    <w:rsid w:val="00F52D85"/>
     <w:rsid w:val="00F5635B"/>
     <w:rsid w:val="00F60F4B"/>
-    <w:rsid w:val="00F74176"/>
+    <w:rsid w:val="00F72E95"/>
     <w:rsid w:val="00F77B7C"/>
     <w:rsid w:val="00F93BD6"/>
     <w:rsid w:val="00F97339"/>
     <w:rsid w:val="00FA249C"/>
     <w:rsid w:val="00FC3954"/>
     <w:rsid w:val="00FD0026"/>
     <w:rsid w:val="00FE52E6"/>
     <w:rsid w:val="00FE65A4"/>
     <w:rsid w:val="00FF2571"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
-  <w:themeFontLang w:val="en-CA"/>
+  <w:themeFontLang w:val="en-CA" w:eastAsia="zh-CN"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="3074"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="57BE7634"/>
+  <w14:docId w14:val="7B37F715"/>
   <w15:chartTrackingRefBased/>
-  <w15:docId w15:val="{C9DBBEA2-E254-460A-AE3E-6DBE8D8F1464}"/>
+  <w15:docId w15:val="{BA37EBF2-C8A9-4F02-9B78-95E4706DA30A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
-        <w:lang w:val="en-CA" w:eastAsia="en-CA" w:bidi="ar-SA"/>
+        <w:lang w:val="en-CA" w:eastAsia="zh-CN" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -20106,132 +19685,146 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00370C0C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-US" w:eastAsia="en-US"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="00233BDE"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
+      <w:spacing w:after="200"/>
       <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading2">
     <w:name w:val="heading 2"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
+    <w:rsid w:val="0009057B"/>
     <w:pPr>
       <w:keepNext/>
+      <w:keepLines/>
+      <w:numPr>
+        <w:numId w:val="14"/>
+      </w:numPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
-      <w:jc w:val="center"/>
+      <w:spacing w:before="200" w:after="200"/>
+      <w:ind w:left="360"/>
       <w:outlineLvl w:val="1"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
-      <w:sz w:val="28"/>
-      <w:szCs w:val="28"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading3">
     <w:name w:val="heading 3"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:keepNext/>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:outlineLvl w:val="2"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
+    <w:uiPriority w:val="1"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
+    <w:uiPriority w:val="99"/>
     <w:semiHidden/>
+    <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyTextIndent">
     <w:name w:val="Body Text Indent"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:ind w:left="360"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="22"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:pPr>
       <w:autoSpaceDE w:val="0"/>
       <w:autoSpaceDN w:val="0"/>
       <w:adjustRightInd w:val="0"/>
       <w:jc w:val="both"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
@@ -20373,86 +19966,73 @@
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00110341"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
     <w:name w:val="normaltextrun"/>
     <w:rsid w:val="003B0739"/>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="00240D6C"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
-  <w:style w:type="paragraph" w:customStyle="1" w:styleId="H2">
-    <w:name w:val="H2"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="Heading2Underlined">
+    <w:name w:val="Heading 2 Underlined"/>
+    <w:aliases w:val="Bold"/>
     <w:basedOn w:val="Heading2"/>
     <w:qFormat/>
-    <w:rsid w:val="00B407CD"/>
+    <w:rsid w:val="008C3C58"/>
     <w:pPr>
-      <w:keepLines/>
       <w:numPr>
-        <w:numId w:val="4"/>
+        <w:numId w:val="0"/>
       </w:numPr>
-      <w:spacing w:before="240" w:after="200"/>
-[...1 lines deleted...]
-      <w:jc w:val="both"/>
+      <w:jc w:val="center"/>
     </w:pPr>
     <w:rPr>
-      <w:sz w:val="24"/>
-[...7 lines deleted...]
-    <w:rPr>
       <w:bCs w:val="0"/>
-      <w:sz w:val="24"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
-  <w:targetScreenSz w:val="800x600"/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.fhlbboston.com" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="0E2841"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E8E8E8"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="156082"/>
@@ -20622,65 +20202,65 @@
               <a:schemeClr val="phClr">
                 <a:satMod val="103000"/>
                 <a:lumMod val="102000"/>
                 <a:tint val="94000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:satMod val="110000"/>
                 <a:lumMod val="100000"/>
                 <a:shade val="100000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="99000"/>
                 <a:satMod val="120000"/>
                 <a:shade val="78000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:fillStyleLst>
       <a:lnStyleLst>
-        <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
-[...5 lines deleted...]
-        </a:ln>
         <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
         <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+          <a:solidFill>
+            <a:schemeClr val="phClr"/>
+          </a:solidFill>
+          <a:prstDash val="solid"/>
+          <a:miter lim="800000"/>
+        </a:ln>
+        <a:ln w="25400" cap="flat" cmpd="sng" algn="ctr">
           <a:solidFill>
             <a:schemeClr val="phClr"/>
           </a:solidFill>
           <a:prstDash val="solid"/>
           <a:miter lim="800000"/>
         </a:ln>
       </a:lnStyleLst>
       <a:effectStyleLst>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst/>
         </a:effectStyle>
         <a:effectStyle>
           <a:effectLst>
             <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
               <a:srgbClr val="000000">
                 <a:alpha val="63000"/>
               </a:srgbClr>
             </a:outerShdw>
           </a:effectLst>
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
@@ -20701,234 +20281,270 @@
                 <a:satMod val="150000"/>
                 <a:shade val="98000"/>
                 <a:lumMod val="102000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
-  <a:objectDefaults/>
+  <a:objectDefaults>
+    <a:lnDef>
+      <a:spPr/>
+      <a:bodyPr/>
+      <a:lstStyle/>
+      <a:style>
+        <a:lnRef idx="2">
+          <a:schemeClr val="accent1"/>
+        </a:lnRef>
+        <a:fillRef idx="0">
+          <a:schemeClr val="accent1"/>
+        </a:fillRef>
+        <a:effectRef idx="1">
+          <a:schemeClr val="accent1"/>
+        </a:effectRef>
+        <a:fontRef idx="minor">
+          <a:schemeClr val="tx1"/>
+        </a:fontRef>
+      </a:style>
+    </a:lnDef>
+  </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps6.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<?mso-contentType ?>
-<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100368AFC889A0BCA44BC7337DB06B40D9D" ma:contentTypeVersion="18" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="5ee0ef87c91c5c13b3396f372cba4906">
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64ba8e76-5405-4fed-afaf-3b9f67c76afe" xmlns:ns3="fb892378-d9c6-44f2-8a7d-8a1f7f0f830e" xmlns:ns4="d9adfd6e-3040-4a2b-a013-2045c478e3c6" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="237d7de35dd77dc929d320d09e7199d6" ns2:_="" ns3:_="" ns4:_="">
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x01010059789F2A1DDAE14BBBAFEAF465C3E3B8" ma:contentTypeVersion="14" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="70abc57f56abea16b9aa29e427931ccb">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="64ba8e76-5405-4fed-afaf-3b9f67c76afe" xmlns:ns3="d23958fc-2d98-4b1f-952d-213755a54a68" xmlns:ns4="http://schemas.microsoft.com/sharepoint/v3/fields" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="3427600b3791a5e580ce7d91c6299f21" ns2:_="" ns3:_="" ns4:_="">
     <xsd:import namespace="64ba8e76-5405-4fed-afaf-3b9f67c76afe"/>
-    <xsd:import namespace="fb892378-d9c6-44f2-8a7d-8a1f7f0f830e"/>
-    <xsd:import namespace="d9adfd6e-3040-4a2b-a013-2045c478e3c6"/>
+    <xsd:import namespace="d23958fc-2d98-4b1f-952d-213755a54a68"/>
+    <xsd:import namespace="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
                 <xsd:element ref="ns2:_dlc_DocId" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdUrl" minOccurs="0"/>
                 <xsd:element ref="ns2:_dlc_DocIdPersistId" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...2 lines deleted...]
-                <xsd:element ref="ns4:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
+                <xsd:element ref="ns2:TaxCatchAll" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
                 <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
-                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns4:_Version" minOccurs="0"/>
+                <xsd:element ref="ns2:Approval_x0020_Status" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="64ba8e76-5405-4fed-afaf-3b9f67c76afe" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_dlc_DocId" ma:index="4" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
+    <xsd:element name="_dlc_DocId" ma:index="8" nillable="true" ma:displayName="Document ID Value" ma:description="The value of the document ID assigned to this item." ma:internalName="_dlc_DocId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdUrl" ma:index="5" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdUrl" ma:index="9" nillable="true" ma:displayName="Document ID" ma:description="Permanent link to this document." ma:hidden="true" ma:internalName="_dlc_DocIdUrl" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:URL">
             <xsd:sequence>
               <xsd:element name="Url" type="dms:ValidUrl" minOccurs="0" nillable="true"/>
               <xsd:element name="Description" type="xsd:string" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="_dlc_DocIdPersistId" ma:index="6" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
+    <xsd:element name="_dlc_DocIdPersistId" ma:index="10" nillable="true" ma:displayName="Persist ID" ma:description="Keep ID on add." ma:hidden="true" ma:internalName="_dlc_DocIdPersistId" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Boolean"/>
       </xsd:simpleType>
     </xsd:element>
+    <xsd:element name="TaxCatchAll" ma:index="17" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{1047ab37-937c-4da7-bfa9-7fddb9c66eb0}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="d9adfd6e-3040-4a2b-a013-2045c478e3c6">
+      <xsd:complexType>
+        <xsd:complexContent>
+          <xsd:extension base="dms:MultiChoiceLookup">
+            <xsd:sequence>
+              <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
+            </xsd:sequence>
+          </xsd:extension>
+        </xsd:complexContent>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="Approval_x0020_Status" ma:index="24" nillable="true" ma:displayName="Approval Status" ma:default="Draft" ma:format="Dropdown" ma:internalName="Approval_x0020_Status">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Choice">
+          <xsd:enumeration value="Approved"/>
+          <xsd:enumeration value="Rejected"/>
+          <xsd:enumeration value="Pending"/>
+          <xsd:enumeration value="Draft"/>
+          <xsd:enumeration value="Deferred"/>
+          <xsd:enumeration value="Canceled"/>
+        </xsd:restriction>
+      </xsd:simpleType>
+    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="fb892378-d9c6-44f2-8a7d-8a1f7f0f830e" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d23958fc-2d98-4b1f-952d-213755a54a68" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <xsd:element name="MediaServiceMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
     <xsd:element name="MediaServiceFastMetadata" ma:index="12" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="13" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="14" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="14" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="16" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="a111721b-d2d8-4809-8d9c-1da7da3c2d5b" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="18" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="19" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceDateTaken" ma:index="17" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+    <xsd:element name="MediaServiceGenerationTime" ma:index="20" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="18" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+    <xsd:element name="MediaServiceEventHashCode" ma:index="21" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaLengthInSeconds" ma:index="19" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+    <xsd:element name="MediaLengthInSeconds" ma:index="22" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Unknown"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceSearchProperties" ma:index="20" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
-[...3 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="d9adfd6e-3040-4a2b-a013-2045c478e3c6" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3/fields" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="15" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
-[...18 lines deleted...]
-    <xsd:element name="SharedWithDetails" ma:index="16" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="_Version" ma:index="23" nillable="true" ma:displayName="Version" ma:internalName="_Version">
       <xsd:simpleType>
-        <xsd:restriction base="dms:Note">
-[...1 lines deleted...]
-        </xsd:restriction>
+        <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
-        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="7" ma:displayName="Content Type" ma:readOnly="true"/>
-        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="1" ma:displayName="Title"/>
+        <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type" ma:readOnly="true"/>
+        <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
         </xsd:element>
         <xsd:element name="lastModifiedBy" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dcterms:modified" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentStatus" minOccurs="0" maxOccurs="1" type="xsd:string"/>
       </xsd:all>
     </xsd:complexType>
   </xsd:schema>
   <xs:schema xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" xmlns:xs="http://www.w3.org/2001/XMLSchema" targetNamespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" elementFormDefault="qualified" attributeFormDefault="unqualified">
     <xs:element name="Person">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:DisplayName" minOccurs="0"/>
           <xs:element ref="pc:AccountId" minOccurs="0"/>
@@ -20974,213 +20590,215 @@
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
 <file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <_Version xmlns="http://schemas.microsoft.com/sharepoint/v3/fields" xsi:nil="true"/>
+    <TaxCatchAll xmlns="64ba8e76-5405-4fed-afaf-3b9f67c76afe"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="d23958fc-2d98-4b1f-952d-213755a54a68">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+    <Approval_x0020_Status xmlns="64ba8e76-5405-4fed-afaf-3b9f67c76afe" xsi:nil="true"/>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <spe:Receivers xmlns:spe="http://schemas.microsoft.com/sharepoint/events">
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10001</Type>
     <SequenceNumber>1000</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10002</Type>
     <SequenceNumber>1001</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10004</Type>
     <SequenceNumber>1002</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
   <Receiver>
     <Name>Document ID Generator</Name>
     <Synchronization>Synchronous</Synchronization>
     <Type>10006</Type>
     <SequenceNumber>1003</SequenceNumber>
     <Url/>
     <Assembly>Microsoft.Office.DocumentManagement, Version=16.0.0.0, Culture=neutral, PublicKeyToken=71e9bce111e9429c</Assembly>
     <Class>Microsoft.Office.DocumentManagement.Internal.DocIdHandler</Class>
     <Data/>
     <Filter/>
   </Receiver>
 </spe:Receivers>
 </file>
 
-<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item6.xml><?xml version="1.0" encoding="utf-8"?>
 <LongProperties xmlns="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
 </file>
 
-<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0C62772B-A19E-464F-9441-C948F9C17EE1}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{201EC058-81A6-4EB2-A9EF-3A03EEA53A2E}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{577A5E5A-B4A2-4767-8A1D-EE109A20F0DD}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0262E831-A569-4142-B27B-73387FE7599D}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
     <ds:schemaRef ds:uri="64ba8e76-5405-4fed-afaf-3b9f67c76afe"/>
-    <ds:schemaRef ds:uri="fb892378-d9c6-44f2-8a7d-8a1f7f0f830e"/>
-    <ds:schemaRef ds:uri="d9adfd6e-3040-4a2b-a013-2045c478e3c6"/>
+    <ds:schemaRef ds:uri="d23958fc-2d98-4b1f-952d-213755a54a68"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9E74765E-D1FE-4C3F-A666-57731A8BB719}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{6C31EB99-262B-4BB0-9646-34C0F5DFD760}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/fields"/>
+    <ds:schemaRef ds:uri="64ba8e76-5405-4fed-afaf-3b9f67c76afe"/>
+    <ds:schemaRef ds:uri="d23958fc-2d98-4b1f-952d-213755a54a68"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2FC0CCEA-6822-4712-8E96-118BBF29DB67}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{BFA36DE3-516F-4C53-A071-99E54665FFAA}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/events"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FDC90ABF-BDFF-4938-BF96-16B0146F36C6}">
+<file path=customXml/itemProps6.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C92FA7BF-B73E-42F1-A4F6-E5937B316A95}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/longProperties"/>
-  </ds:schemaRefs>
-[...24 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
   <Pages>8</Pages>
-  <Words>2115</Words>
-  <Characters>11587</Characters>
+  <Words>2049</Words>
+  <Characters>11684</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>96</Lines>
+  <Lines>97</Lines>
   <Paragraphs>27</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>FEDERAL HOME LOAN BANK OF NEW YORK</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Federal Home Loan Bank of Boston</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>13675</CharactersWithSpaces>
+  <CharactersWithSpaces>13706</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>3211297</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>http://www.fhlbboston.com/</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>4456548</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -21200,57 +20818,57 @@
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Equity Builder Program Deed Restriction</dc:title>
   <dc:subject>Equity Builder Program Deed Restriction</dc:subject>
   <dc:creator>Federal Home Loan Bank of Boston</dc:creator>
   <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="_dlc_DocId">
-    <vt:lpwstr>FMAUNRJHX262-5-76</vt:lpwstr>
+    <vt:lpwstr>FMAUNRJHX262-550694195-12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="_dlc_DocIdItemGuid">
-    <vt:lpwstr>3a405d01-b8ea-4ed4-b55f-c9be445be7c0</vt:lpwstr>
+    <vt:lpwstr>931a9e5d-120c-4e6a-90ad-70f7ba3b55b1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="_dlc_DocIdUrl">
-    <vt:lpwstr>https://fhlbb.sharepoint.com/teams/HCI/_layouts/15/DocIdRedir.aspx?ID=FMAUNRJHX262-5-76, FMAUNRJHX262-5-76</vt:lpwstr>
+    <vt:lpwstr>https://fhlbb.sharepoint.com/teams/HCI/_layouts/15/DocIdRedir.aspx?ID=FMAUNRJHX262-550694195-12, FMAUNRJHX262-550694195-12</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="ContentTypeId">
     <vt:lpwstr>0x010100326B745AF497064FB95880798E73D363</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="display_urn:schemas-microsoft-com:office:office#Editor">
     <vt:lpwstr>Kaitlyn Mulhern</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="display_urn:schemas-microsoft-com:office:office#Author">
     <vt:lpwstr>SPO_Migration1</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_f1562fdd-1b3b-4eb6-8cab-8ccd495854db_Enabled">
     <vt:lpwstr>true</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_f1562fdd-1b3b-4eb6-8cab-8ccd495854db_SetDate">
     <vt:lpwstr>2023-12-21T19:39:41Z</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="MSIP_Label_f1562fdd-1b3b-4eb6-8cab-8ccd495854db_Method">
     <vt:lpwstr>Privileged</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="MSIP_Label_f1562fdd-1b3b-4eb6-8cab-8ccd495854db_Name">
     <vt:lpwstr>f1562fdd-1b3b-4eb6-8cab-8ccd495854db</vt:lpwstr>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="MSIP_Label_f1562fdd-1b3b-4eb6-8cab-8ccd495854db_SiteId">
     <vt:lpwstr>4277c4fa-2220-43f3-857b-669253628fb3</vt:lpwstr>
   </property>